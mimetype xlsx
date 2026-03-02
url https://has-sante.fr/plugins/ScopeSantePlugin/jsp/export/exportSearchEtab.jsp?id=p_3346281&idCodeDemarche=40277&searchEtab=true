--- v0 (2025-11-30)
+++ v1 (2026-03-02)
@@ -104,51 +104,51 @@
   <si>
     <t>22/05/2025 15:37:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5408_FicheEtablissement/fr/had-46-figeac</t>
   </si>
   <si>
     <t>5408_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>35 Allée Victor Hugo</t>
   </si>
   <si>
     <t>46100 FIGEAC</t>
   </si>
   <si>
     <t>FIGEAC</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>0565507643</t>
+    <t>0565100446</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>460007404</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>