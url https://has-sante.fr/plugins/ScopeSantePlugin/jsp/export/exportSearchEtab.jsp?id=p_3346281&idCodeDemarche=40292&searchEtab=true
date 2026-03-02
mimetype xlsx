--- v0 (2025-10-26)
+++ v1 (2026-03-02)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL PRIVE NANCY LORRAINE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>17/06/2025 16:54:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7599_FicheEtablissement/fr/hopital-prive-nancy-lorraine</t>
   </si>
   <si>
     <t>7599_FicheEtablissement</t>
   </si>
   <si>
-    <t>grand</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>54000 NANCY</t>
   </si>
   <si>
     <t>NANCY</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>540026895</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
 </sst>
 </file>
 